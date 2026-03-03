--- v0 (2025-10-29)
+++ v1 (2026-03-03)
@@ -2,693 +2,699 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28227"/>
-  <workbookPr defaultThemeVersion="124226"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="G:\Vereine\Vereinsförderung\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{CA4EAFE9-8BC1-45A7-AD48-43E0C9A1565B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{96B80EBA-F34F-4D73-9C48-56760E10A05F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="38620" windowHeight="21100" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28800" yWindow="690" windowWidth="28485" windowHeight="14070" xr2:uid="{BE6B84FB-54A9-4B48-AE57-50E2011F3771}"/>
   </bookViews>
   <sheets>
-    <sheet name="2025" sheetId="2" r:id="rId1"/>
+    <sheet name="Tabelle1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="G49" i="2" l="1"/>
-[...6 lines deleted...]
-  <c r="G51" i="2" s="1"/>
+  <c r="G49" i="1" l="1"/>
+  <c r="G47" i="1"/>
+  <c r="G44" i="1"/>
+  <c r="G51" i="1" s="1"/>
+  <c r="G42" i="1"/>
+  <c r="G40" i="1"/>
+  <c r="G38" i="1"/>
+  <c r="G36" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Björn Jungbauer</author>
   </authors>
   <commentList>
-    <comment ref="C19" authorId="0" shapeId="0" xr:uid="{B74502F5-2D43-4E4D-B3A9-49E33CDF4B9F}">
+    <comment ref="C19" authorId="0" shapeId="0" xr:uid="{996F8C9A-A116-48F4-B5AC-BED57FD2231C}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Vereinsname eintragen</t>
         </r>
       </text>
     </comment>
-    <comment ref="F19" authorId="0" shapeId="0" xr:uid="{70D346F2-BEC6-4448-88EC-66D42ADC30B9}">
+    <comment ref="F19" authorId="0" shapeId="0" xr:uid="{B48EF3FD-5157-4269-B06C-A9B4AD88DD23}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Telefonnummer eintragen</t>
         </r>
       </text>
     </comment>
-    <comment ref="C21" authorId="0" shapeId="0" xr:uid="{CA994FE4-CE10-44EA-AC82-604343EE7E7A}">
+    <comment ref="C21" authorId="0" shapeId="0" xr:uid="{5E787E47-EF1F-44C2-9189-4D9CDDF5A5DB}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Name eintragen</t>
         </r>
       </text>
     </comment>
-    <comment ref="F21" authorId="0" shapeId="0" xr:uid="{2CFB4AFC-712B-4FAE-ADBE-614097C04F70}">
+    <comment ref="F21" authorId="0" shapeId="0" xr:uid="{E4722A21-3B9A-4212-A537-A274F821C457}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Handynummer eintragen</t>
         </r>
       </text>
     </comment>
-    <comment ref="C23" authorId="0" shapeId="0" xr:uid="{280E5B5D-C360-474C-BE9F-03F538FE0A24}">
+    <comment ref="C23" authorId="0" shapeId="0" xr:uid="{9D88A2F4-73FA-4E80-AB56-C26CB92446B8}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Anschrift eintragen</t>
         </r>
       </text>
     </comment>
-    <comment ref="F23" authorId="0" shapeId="0" xr:uid="{BA1834BF-3288-496D-BE7E-B2B4706D4945}">
+    <comment ref="F23" authorId="0" shapeId="0" xr:uid="{23EAE1FA-FF7B-4A76-8A42-CCCA6FBC7446}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Emailadresse eintragen</t>
         </r>
       </text>
     </comment>
-    <comment ref="C25" authorId="0" shapeId="0" xr:uid="{4D51F037-5E2D-4510-8256-FFB9EAA81290}">
+    <comment ref="C25" authorId="0" shapeId="0" xr:uid="{E3734E48-9C62-4A7E-87F6-12CE6AE23940}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Dachverband (z.B. BLSV) eintragen</t>
         </r>
       </text>
     </comment>
-    <comment ref="F27" authorId="0" shapeId="0" xr:uid="{37B52302-7E23-423D-B3DD-C45559412156}">
+    <comment ref="F27" authorId="0" shapeId="0" xr:uid="{397DCCF1-1227-43E1-AC9F-5D387AAF2A06}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Name der Bank eintragen</t>
         </r>
       </text>
     </comment>
-    <comment ref="C29" authorId="0" shapeId="0" xr:uid="{85522513-BDCB-4C25-82A5-17C05C71D9FC}">
+    <comment ref="C29" authorId="0" shapeId="0" xr:uid="{5E488ED1-6893-43EB-AB6E-D972B54F9619}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>IBAN eintragen</t>
         </r>
       </text>
     </comment>
-    <comment ref="C31" authorId="0" shapeId="0" xr:uid="{7DD499F6-6FE1-4B76-B149-B172748BF4F3}">
+    <comment ref="C31" authorId="0" shapeId="0" xr:uid="{CDC675AC-1368-4FF4-BFA9-F4861D61449D}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>BIC eintragen</t>
         </r>
       </text>
     </comment>
-    <comment ref="C33" authorId="0" shapeId="0" xr:uid="{34DE9DDA-83B9-40D4-910C-496F3E92B29D}">
+    <comment ref="C33" authorId="0" shapeId="0" xr:uid="{5EB5F05F-AD58-4620-A293-709EFA3C5F2C}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Gesamtmitgliederstand eintragen</t>
         </r>
       </text>
     </comment>
-    <comment ref="C36" authorId="0" shapeId="0" xr:uid="{08606ED9-6A9A-4C0C-AF8E-7E90FFA1A493}">
+    <comment ref="C36" authorId="0" shapeId="0" xr:uid="{AC922327-2551-4500-A78C-0A979BB81CD0}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Anzahl Kinder eintragen (Alter zum Stichtag)</t>
         </r>
       </text>
     </comment>
-    <comment ref="C38" authorId="0" shapeId="0" xr:uid="{05352F77-1803-4186-AC3C-6E4FCAB66F98}">
+    <comment ref="C38" authorId="0" shapeId="0" xr:uid="{4FC81B27-D581-474A-8847-5D0F3DEF0D63}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>A</t>
         </r>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>nzahl Jugendliche (Alter zum Stichtag)</t>
         </r>
       </text>
     </comment>
-    <comment ref="C40" authorId="0" shapeId="0" xr:uid="{5CB83004-5C08-4DC2-A162-2699C2465760}">
+    <comment ref="C40" authorId="0" shapeId="0" xr:uid="{4EDDAC3B-849E-40BC-AD27-0331F000B304}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Wenn zutreffend bitte 1 eintragen, ansonsten 0</t>
         </r>
       </text>
     </comment>
-    <comment ref="C42" authorId="0" shapeId="0" xr:uid="{44B400B9-17DD-40CF-8291-15F6AAEB8D31}">
+    <comment ref="C42" authorId="0" shapeId="0" xr:uid="{2B553785-BB75-4878-8AC6-57A4B7D03802}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Wenn zutreffend bitte 1 eintragen, ansonsten 0</t>
         </r>
       </text>
     </comment>
-    <comment ref="C44" authorId="0" shapeId="0" xr:uid="{FF764A7C-8E2B-4160-AEAD-F9383C17C84E}">
+    <comment ref="C44" authorId="0" shapeId="0" xr:uid="{0050A72E-EE17-47EC-A0DA-FCAA055E033E}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Wenn zutreffend, bitte Anzahl der Sportplätze eintragen, ansonsten 0</t>
         </r>
       </text>
     </comment>
-    <comment ref="C47" authorId="0" shapeId="0" xr:uid="{58D52873-DB49-4BE0-AFBE-155D05225499}">
+    <comment ref="C47" authorId="0" shapeId="0" xr:uid="{A8E74557-40A8-4FC2-B0A7-A4D9E8A42AEE}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Anzahl aktive Sängerinnen/Sänger eintragen</t>
         </r>
       </text>
     </comment>
-    <comment ref="B57" authorId="0" shapeId="0" xr:uid="{5CC1A5BC-A9DF-43F9-96AA-985C59880D2D}">
+    <comment ref="B57" authorId="0" shapeId="0" xr:uid="{4273AA2B-3367-411C-935B-1E2149B31FD7}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Datum eintragen</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="27">
   <si>
+    <t xml:space="preserve">Abrechnungsjahr: </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Verein: </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Telefon: </t>
+  </si>
+  <si>
+    <t>1. Vorsitzende/r:</t>
+  </si>
+  <si>
+    <t>Mobil:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anschrift: </t>
+  </si>
+  <si>
+    <t>Email:</t>
+  </si>
+  <si>
+    <t>Überörtlicher Dachverband:</t>
+  </si>
+  <si>
+    <t>Bankverbindung Verein</t>
+  </si>
+  <si>
+    <t>Name der Bank:</t>
+  </si>
+  <si>
+    <t>IBAN:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BIC: </t>
+  </si>
+  <si>
+    <t>Mitgliederzahl Verein gesamt:</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Stand: </t>
+  </si>
+  <si>
+    <t>davon</t>
+  </si>
+  <si>
+    <t>Kinder (0-14 Jahre):</t>
+  </si>
+  <si>
+    <t>x</t>
+  </si>
+  <si>
+    <t>Jugendliche (15-18 Jahre):</t>
+  </si>
+  <si>
+    <t>Vereinseigene Gebäude:</t>
+  </si>
+  <si>
+    <t>Vereinseigene Sportanlage:</t>
+  </si>
+  <si>
+    <t>Pflege Sportplätze (je Platz)</t>
+  </si>
+  <si>
+    <t>Nur für Gesangsverein/Kirchenchor:</t>
+  </si>
+  <si>
+    <t>Aktive Sänger im Chor</t>
+  </si>
+  <si>
+    <t>Grundförderung</t>
+  </si>
+  <si>
+    <t>Beantragte Fördersumme:</t>
+  </si>
+  <si>
     <t xml:space="preserve">Kirchheim, </t>
   </si>
   <si>
-    <t xml:space="preserve">Abrechnungsjahr: </t>
-[...58 lines deleted...]
-  <si>
     <t xml:space="preserve">Unterschrift: </t>
-  </si>
-[...13 lines deleted...]
-    <t>Grundförderung</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ [$€-407]_-;\-* #,##0.00\ [$€-407]_-;_-* &quot;-&quot;??\ [$€-407]_-;_-@_-"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
-      <name val="Calibri"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
-[...1 lines deleted...]
-      <name val="Tahoma"/>
+      <i/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Aptos Narrow"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
-      <i/>
-[...2 lines deleted...]
-      <name val="Calibri"/>
+      <sz val="9"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
       <family val="2"/>
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>635003</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>171451</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>761999</xdr:colOff>
       <xdr:row>5</xdr:row>
-      <xdr:rowOff>120650</xdr:rowOff>
+      <xdr:rowOff>168275</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF2543A5-FA4A-48F4-BDFB-D6C3CD45196B}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB209777-0DB9-46DE-A218-9835FB1EF2DD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="4260853" y="171451"/>
-          <a:ext cx="1650996" cy="869949"/>
+          <a:off x="3683003" y="171451"/>
+          <a:ext cx="1650996" cy="949324"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>133350</xdr:colOff>
       <xdr:row>7</xdr:row>
       <xdr:rowOff>38100</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
       <xdr:colOff>485775</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="3" name="Textfeld 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{31C3A0B6-070F-4E35-AF71-E8306E94D629}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46AFEA3A-ED16-45C3-A33D-76E8CD61B95E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="133350" y="1416050"/>
-          <a:ext cx="2581275" cy="796925"/>
+          <a:off x="133350" y="1438275"/>
+          <a:ext cx="1876425" cy="809625"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
@@ -757,60 +763,60 @@
           </a:r>
           <a:endParaRPr lang="de-DE" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>123825</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>457200</xdr:colOff>
       <xdr:row>5</xdr:row>
       <xdr:rowOff>95249</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="4" name="Textfeld 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{303B7954-47E1-41D9-ACEB-187482F754A8}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6AA1833-D712-402E-9414-0C381F271F57}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="123825" y="196850"/>
-          <a:ext cx="3959225" cy="882649"/>
+          <a:off x="123825" y="200025"/>
+          <a:ext cx="3381375" cy="895349"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
@@ -923,60 +929,60 @@
             <a:t> </a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>190500</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>85726</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>742950</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="5" name="Textfeld 4">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C779D1C-F813-4F01-A99C-812E342D52A6}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{931EF0DE-BDB8-46B8-B014-C13EB7726C06}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="190500" y="2447926"/>
-          <a:ext cx="5778500" cy="631824"/>
+          <a:off x="190500" y="2486026"/>
+          <a:ext cx="5124450" cy="685799"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
@@ -1024,60 +1030,60 @@
           </a:r>
           <a:endParaRPr lang="de-DE" sz="1200" b="0"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>76199</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>6</xdr:col>
       <xdr:colOff>542924</xdr:colOff>
       <xdr:row>55</xdr:row>
       <xdr:rowOff>161925</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="6" name="Textfeld 5">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66BD5B2F-7FEF-4C30-9251-0E46EE60E227}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D22B430-1EE8-4114-9046-7B2F2DA3B6E9}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="76199" y="8620125"/>
-          <a:ext cx="5692775" cy="774700"/>
+          <a:off x="76199" y="9972675"/>
+          <a:ext cx="5038725" cy="800100"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:solidFill>
           <a:schemeClr val="lt1"/>
         </a:solidFill>
         <a:ln w="9525" cmpd="sng">
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="dk1"/>
         </a:fontRef>
       </xdr:style>
@@ -1250,781 +1256,810 @@
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:rPr>
             <a:t> anerkannt.</a:t>
           </a:r>
           <a:endParaRPr lang="de-DE" sz="1100" b="0" i="0" u="none" strike="noStrike">
             <a:solidFill>
               <a:schemeClr val="dk1"/>
             </a:solidFill>
             <a:effectLst/>
             <a:latin typeface="+mn-lt"/>
             <a:ea typeface="+mn-ea"/>
             <a:cs typeface="+mn-cs"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2007 - 2010">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos Narrow" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2007 - 2010">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
-            <a:schemeClr val="phClr">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-        </a:ln>
-[...4 lines deleted...]
-          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AB819570-8390-44C8-A3A2-033C5A6EEE46}">
   <dimension ref="A1:G57"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="F19" sqref="F19"/>
+    <sheetView tabSelected="1" topLeftCell="A36" workbookViewId="0">
+      <selection activeCell="L47" sqref="L47"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
     </row>
-    <row r="2" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="2" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="2"/>
       <c r="B2" s="2"/>
       <c r="C2" s="2"/>
       <c r="D2" s="2"/>
       <c r="E2" s="2"/>
       <c r="F2" s="1"/>
       <c r="G2" s="1"/>
     </row>
-    <row r="3" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="3" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="2"/>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
     </row>
-    <row r="4" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="2"/>
       <c r="B4" s="2"/>
       <c r="C4" s="2"/>
       <c r="D4" s="2"/>
       <c r="E4" s="2"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
     </row>
-    <row r="5" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="2"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
     </row>
-    <row r="6" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="1"/>
       <c r="B6" s="1"/>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="1"/>
     </row>
-    <row r="7" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="1"/>
       <c r="B7" s="1"/>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
     </row>
-    <row r="8" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="1"/>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
     </row>
-    <row r="9" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="3"/>
       <c r="B9" s="3"/>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
     </row>
-    <row r="10" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="3"/>
       <c r="B10" s="3"/>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
     </row>
-    <row r="11" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="11" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="3"/>
       <c r="B11" s="3"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
     </row>
-    <row r="12" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
       <c r="G12" s="1"/>
     </row>
-    <row r="13" spans="1:7" ht="15.5" x14ac:dyDescent="0.35">
+    <row r="13" spans="1:7" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="1"/>
       <c r="B13" s="1"/>
       <c r="C13" s="1"/>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="G13" s="1"/>
     </row>
-    <row r="17" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
+        <v>0</v>
+      </c>
+      <c r="C17" s="4">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
         <v>1</v>
       </c>
-      <c r="C17" s="4">
-[...4 lines deleted...]
-      <c r="A19" t="s">
+      <c r="C19" s="5"/>
+      <c r="E19" t="s">
         <v>2</v>
       </c>
-      <c r="C19" s="9"/>
-      <c r="E19" t="s">
+      <c r="F19" s="5"/>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="C20" s="5"/>
+      <c r="F20" s="5"/>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
         <v>3</v>
       </c>
-      <c r="F19" s="9"/>
-[...6 lines deleted...]
-      <c r="A21" t="s">
+      <c r="C21" s="5"/>
+      <c r="E21" t="s">
         <v>4</v>
       </c>
-      <c r="C21" s="9"/>
-      <c r="E21" t="s">
+      <c r="F21" s="5"/>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="C22" s="4"/>
+      <c r="F22" s="5"/>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
         <v>5</v>
       </c>
-      <c r="F21" s="9"/>
-[...6 lines deleted...]
-      <c r="A23" t="s">
+      <c r="C23" s="5"/>
+      <c r="E23" t="s">
         <v>6</v>
       </c>
-      <c r="C23" s="9"/>
-      <c r="E23" t="s">
+      <c r="F23" s="5"/>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="C24" s="5"/>
+      <c r="F24" s="5"/>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
         <v>7</v>
       </c>
-      <c r="F23" s="9"/>
-[...12 lines deleted...]
-    <row r="26" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="C25" s="5"/>
+      <c r="F25" s="5"/>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
       <c r="C26" s="4"/>
-      <c r="F26" s="9"/>
-[...1 lines deleted...]
-    <row r="27" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="F26" s="5"/>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>23</v>
+        <v>8</v>
       </c>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
       <c r="D27" s="4"/>
       <c r="E27" t="s">
-        <v>8</v>
-[...3 lines deleted...]
-    <row r="28" spans="1:6" x14ac:dyDescent="0.35">
+        <v>9</v>
+      </c>
+      <c r="F27" s="5"/>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B28" s="4"/>
       <c r="C28" s="4"/>
       <c r="D28" s="4"/>
       <c r="E28" s="4"/>
     </row>
-    <row r="29" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="B29" s="4"/>
       <c r="C29" s="4"/>
       <c r="D29" s="4"/>
     </row>
-    <row r="30" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
       <c r="B30" s="4"/>
       <c r="C30" s="4"/>
       <c r="D30" s="4"/>
     </row>
-    <row r="31" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>9</v>
-[...3 lines deleted...]
-    <row r="33" spans="1:7" x14ac:dyDescent="0.35">
+        <v>11</v>
+      </c>
+      <c r="C31" s="5"/>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
+        <v>12</v>
+      </c>
+      <c r="F33" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" s="6">
+        <v>46022</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="F34" s="4"/>
+      <c r="G34" s="6"/>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>15</v>
+      </c>
+      <c r="D36" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="E36" s="8">
         <v>10</v>
       </c>
-      <c r="F33" s="4" t="s">
-[...25 lines deleted...]
-      <c r="G36" s="8">
+      <c r="G36" s="9">
         <f>C36*E36</f>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-      <c r="E38" s="7">
+        <v>17</v>
+      </c>
+      <c r="D38" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="E38" s="8">
         <v>10</v>
       </c>
-      <c r="G38" s="8">
+      <c r="G38" s="9">
         <f>C38*E38</f>
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="1:7" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-    <row r="40" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="D39" s="7"/>
+      <c r="E39" s="8"/>
+      <c r="G39" s="9"/>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
+        <v>18</v>
+      </c>
+      <c r="D40" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="D40" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E40" s="7">
+      <c r="E40" s="8">
         <v>250</v>
       </c>
-      <c r="G40" s="8">
+      <c r="G40" s="9">
         <f>C40*E40</f>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="E42" s="7">
+        <v>19</v>
+      </c>
+      <c r="D42" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="E42" s="8">
         <v>250</v>
       </c>
-      <c r="G42" s="8">
+      <c r="G42" s="9">
         <f>C42*E42</f>
         <v>0</v>
       </c>
     </row>
-    <row r="44" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-      <c r="E44" s="7">
+        <v>20</v>
+      </c>
+      <c r="D44" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="E44" s="8">
         <v>3000</v>
       </c>
-      <c r="G44" s="7">
+      <c r="G44" s="8">
         <f>E44*C44</f>
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="1:7" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-    <row r="47" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A45" s="10" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A46" s="10"/>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>19</v>
-[...4 lines deleted...]
-      <c r="E47" s="7">
+        <v>22</v>
+      </c>
+      <c r="D47" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="E47" s="8">
         <v>5</v>
       </c>
-      <c r="G47" s="8">
+      <c r="G47" s="9">
         <f>C47*E47</f>
         <v>0</v>
       </c>
     </row>
-    <row r="48" spans="1:7" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-    <row r="49" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="D48" s="7"/>
+      <c r="E48" s="8"/>
+      <c r="G48" s="9"/>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="C49">
         <v>1</v>
       </c>
-      <c r="D49" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E49" s="7">
+      <c r="D49" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="E49" s="8">
         <v>150</v>
       </c>
-      <c r="G49" s="8">
+      <c r="G49" s="9">
         <f>E49</f>
         <v>150</v>
       </c>
     </row>
-    <row r="50" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.4">
-[...2 lines deleted...]
-    <row r="51" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="50" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="G50" s="11"/>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
       <c r="D51" s="4" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="G51" s="7">
+        <v>24</v>
+      </c>
+      <c r="G51" s="8">
         <f>SUM(G36:G49)</f>
         <v>150</v>
       </c>
     </row>
-    <row r="53" spans="1:7" x14ac:dyDescent="0.35">
-[...11 lines deleted...]
-    <row r="57" spans="1:7" x14ac:dyDescent="0.35">
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A53" s="12"/>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A54" s="12"/>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A55" s="12"/>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A56" s="12"/>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
-        <v>0</v>
-[...2 lines deleted...]
-      <c r="C57" s="12"/>
+        <v>25</v>
+      </c>
+      <c r="B57" s="13"/>
+      <c r="C57" s="13"/>
       <c r="E57" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-      <c r="G57" s="12"/>
+        <v>26</v>
+      </c>
+      <c r="F57" s="13"/>
+      <c r="G57" s="13"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <protectedRanges>
     <protectedRange sqref="B57" name="Bereich18"/>
     <protectedRange sqref="C21" name="Bereich2"/>
     <protectedRange sqref="C19" name="Bereich1"/>
     <protectedRange sqref="C23:C25" name="Bereich3"/>
     <protectedRange sqref="C29" name="Bereich6"/>
     <protectedRange sqref="C31" name="Bereich7"/>
     <protectedRange sqref="C33" name="Bereich8"/>
     <protectedRange sqref="C36" name="Bereich9"/>
     <protectedRange sqref="C38" name="Bereich10"/>
     <protectedRange sqref="C40" name="Bereich11"/>
     <protectedRange sqref="C42 C44" name="Bereich12"/>
     <protectedRange sqref="C47:C49" name="Bereich13"/>
     <protectedRange sqref="F19" name="Bereich14"/>
     <protectedRange sqref="F21" name="Bereich15"/>
     <protectedRange sqref="F23" name="Bereich16"/>
     <protectedRange sqref="F27" name="Bereich17"/>
     <protectedRange sqref="C20" name="Bereich19"/>
   </protectedRanges>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>2025</vt:lpstr>
+      <vt:lpstr>Tabelle1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company>Verwaltungsgemeinschaft Kirchheim</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Christian Stück</dc:creator>
+  <dc:creator>Katharina Holtsche</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>